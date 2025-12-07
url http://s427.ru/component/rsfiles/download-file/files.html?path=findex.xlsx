--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -22,51 +22,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\o.a.avilova\Desktop\Документы 21-22 учебный год\Документы 23-24г\Документы 24-25 уч. год\Документы 25-26 уч.год\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9630" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="51">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>Перечень ресурсов раздела Питание</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Адрес на сайте школы</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
     <t>Положение и приказ о создании комиссии по контролю качества питания с участием родителей</t>
   </si>
   <si>
     <t>Интернет-ссылка на файл на сайте школы</t>
   </si>
   <si>
@@ -141,81 +141,84 @@
   <si>
     <t xml:space="preserve">Оценка количества пищевых отходов или объема несъедаемых блюд </t>
   </si>
   <si>
     <t>20 % и менее</t>
   </si>
   <si>
     <t>Отметить "+" наиболее подходящий ответ</t>
   </si>
   <si>
     <t>50 % и более</t>
   </si>
   <si>
     <t>Не ведется</t>
   </si>
   <si>
     <t>ГБОУ СОШ №427</t>
   </si>
   <si>
     <t>+7 (812) 417-57-30, +7 (812)  417-57-31.</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
-    <t>https://s427.spb.ru/attachments/article/180/Акт%20проверки%20по%20результатам%20комиссии%20по%20контролю%20за%20качеством%20организции%20питания.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://s427.spb.ru/</t>
   </si>
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/Диетическое%20цикличное%20двухнедельное%20меню%20рационов%20горячего%20питания%20для%20предоставления%20питания%20учащимся%20в%20возрасте%207-11%20лет.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/Диетическое%20цикличное%20двухнедельное%20меню%20рационов%20горячего%20питания%20для%20предоставления%20питания%20учащихся%20в%20возрасте%2012-18%20лет.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Приложение%20график%20посещения%20родительского%20контроля.pdf</t>
   </si>
   <si>
-    <t>https://s427.spb.ru/school/novosti-shkoly/2429-zavtrak-s-direktorom-pervye-shagi-k-zdorovomu-pitaniyu-v-shkole.html</t>
-[...1 lines deleted...]
-  <si>
     <t>Диетическое меню рационов 1-4 кл.</t>
   </si>
   <si>
     <t>Диетическое меню рационов 5-11 кл.</t>
   </si>
   <si>
     <t>https://vk.com/uspitspb</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Анкета%20школьника.pdf</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/images/Documents/Pitanie/%D0%A6%D0%B8%D0%BA%D0%BB%D0%B8%D1%87%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D0%BD%D1%8E%20%D1%80%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BE%D0%B2%20%D0%B3%D0%BE%D1%80%D1%8F%D1%87%D0%B5%D0%B3%D0%BE%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F%207-11%20%D0%BB%D0%B5%D1%82%20%D1%81%20%D0%BF%D0%B8%D1%89%D0%B5%D0%B2%D0%BE%D0%B9%20%D0%B0%D0%BB%D0%BB%D0%B5%D1%80%D0%B3%D0%B8%D0%B5%D0%B9.pdf</t>
+  </si>
+  <si>
+    <t>Цикличное меню рационов (пищевая аллергия)</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/attachments/article/180/%D0%90%D0%BA%D1%82%20%D0%BF%D1%80%D0%BE%D0%B2%D0%B5%D1%80%D0%BA%D0%B8%20%D0%BF%D0%BE%20%D1%80%D0%B5%D0%B7%D1%83%D0%BB%D1%8C%D1%82%D0%B0%D1%82%D0%BC%20%D1%80%D0%B0%D0%B1%D0%BE%D1%82%D1%8B%20%D0%BA%D0%BE%D0%BC%D0%B8%D1%81%D1%81%D0%B8%D0%B8%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D1%82%D1%80%D0%BE%D0%BB%D1%8E%20%D0%B7%D0%B0%20%D0%BA%D0%B0%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%BE%D0%BC%20%D0%BE%D1%80%D0%B3%D0%B0%D0%BD%D0%B8%D0%B7%D0%B0%D1%86%D0%B8%D0%B8%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F.pdf</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/school/novosti-shkoly/2465-otchet-o-provedenii-roditelskogo-kontrolya-shkolnogo-pitaniya.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
@@ -941,338 +944,342 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AMJ32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomLeft" activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="56" style="1" customWidth="1"/>
     <col min="4" max="4" width="45" style="2" customWidth="1"/>
     <col min="5" max="1024" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="41" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="41"/>
       <c r="D1" s="38">
-        <v>45923</v>
+        <v>45993</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="51" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>1</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>2</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="14"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="15"/>
       <c r="B6" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="39" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="15"/>
       <c r="B7" s="18" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="19"/>
       <c r="B8" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>3</v>
       </c>
       <c r="B9" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="24"/>
     </row>
     <row r="10" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="15"/>
       <c r="B10" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="15"/>
       <c r="B11" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D11" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="15"/>
       <c r="B12" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="27" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D12" s="14"/>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" ht="51" x14ac:dyDescent="0.25">
       <c r="A13" s="15"/>
       <c r="B13" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="28" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="15"/>
       <c r="B14" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="3"/>
+      <c r="C14" s="3" t="s">
+        <v>48</v>
+      </c>
       <c r="D14" s="17"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="15"/>
       <c r="B15" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="3"/>
+      <c r="C15" s="3" t="s">
+        <v>47</v>
+      </c>
       <c r="D15" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="15"/>
       <c r="B16" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="14"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="19"/>
       <c r="B17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="15">
         <v>4</v>
       </c>
       <c r="B18" s="22" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="29"/>
       <c r="D18" s="30"/>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15"/>
       <c r="B19" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="15"/>
       <c r="B20" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>5</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="24"/>
     </row>
     <row r="22" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="27" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D22" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="19"/>
       <c r="B23" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D23" s="21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="15">
         <v>6</v>
       </c>
       <c r="B24" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="24"/>
     </row>
     <row r="25" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15"/>
       <c r="B25" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D25" s="33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A26" s="15"/>
       <c r="B26" s="31" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>7</v>
       </c>
       <c r="B27" s="22" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="24"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="15"/>
       <c r="B28" s="34" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="40" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="35" t="s">
         <v>33</v>