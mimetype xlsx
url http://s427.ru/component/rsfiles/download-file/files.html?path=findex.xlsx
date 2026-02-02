--- v1 (2025-12-07)
+++ v2 (2026-02-02)
@@ -22,51 +22,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\o.a.avilova\Desktop\Документы 21-22 учебный год\Документы 23-24г\Документы 24-25 уч. год\Документы 25-26 уч.год\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9630" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="52">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>Перечень ресурсов раздела Питание</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Адрес на сайте школы</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
     <t>Положение и приказ о создании комиссии по контролю качества питания с участием родителей</t>
   </si>
   <si>
     <t>Интернет-ссылка на файл на сайте школы</t>
   </si>
   <si>
@@ -141,84 +141,87 @@
   <si>
     <t xml:space="preserve">Оценка количества пищевых отходов или объема несъедаемых блюд </t>
   </si>
   <si>
     <t>20 % и менее</t>
   </si>
   <si>
     <t>Отметить "+" наиболее подходящий ответ</t>
   </si>
   <si>
     <t>50 % и более</t>
   </si>
   <si>
     <t>Не ведется</t>
   </si>
   <si>
     <t>ГБОУ СОШ №427</t>
   </si>
   <si>
     <t>+7 (812) 417-57-30, +7 (812)  417-57-31.</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
-    <t>https://s427.spb.ru/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/Диетическое%20цикличное%20двухнедельное%20меню%20рационов%20горячего%20питания%20для%20предоставления%20питания%20учащимся%20в%20возрасте%207-11%20лет.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/Диетическое%20цикличное%20двухнедельное%20меню%20рационов%20горячего%20питания%20для%20предоставления%20питания%20учащихся%20в%20возрасте%2012-18%20лет.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Приложение%20график%20посещения%20родительского%20контроля.pdf</t>
   </si>
   <si>
     <t>Диетическое меню рационов 1-4 кл.</t>
   </si>
   <si>
     <t>Диетическое меню рационов 5-11 кл.</t>
   </si>
   <si>
     <t>https://vk.com/uspitspb</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Анкета%20школьника.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/%D0%A6%D0%B8%D0%BA%D0%BB%D0%B8%D1%87%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D0%BD%D1%8E%20%D1%80%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BE%D0%B2%20%D0%B3%D0%BE%D1%80%D1%8F%D1%87%D0%B5%D0%B3%D0%BE%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F%207-11%20%D0%BB%D0%B5%D1%82%20%D1%81%20%D0%BF%D0%B8%D1%89%D0%B5%D0%B2%D0%BE%D0%B9%20%D0%B0%D0%BB%D0%BB%D0%B5%D1%80%D0%B3%D0%B8%D0%B5%D0%B9.pdf</t>
   </si>
   <si>
     <t>Цикличное меню рационов (пищевая аллергия)</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/%D0%90%D0%BA%D1%82%20%D0%BF%D1%80%D0%BE%D0%B2%D0%B5%D1%80%D0%BA%D0%B8%20%D0%BF%D0%BE%20%D1%80%D0%B5%D0%B7%D1%83%D0%BB%D1%8C%D1%82%D0%B0%D1%82%D0%BC%20%D1%80%D0%B0%D0%B1%D0%BE%D1%82%D1%8B%20%D0%BA%D0%BE%D0%BC%D0%B8%D1%81%D1%81%D0%B8%D0%B8%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D1%82%D1%80%D0%BE%D0%BB%D1%8E%20%D0%B7%D0%B0%20%D0%BA%D0%B0%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%BE%D0%BC%20%D0%BE%D1%80%D0%B3%D0%B0%D0%BD%D0%B8%D0%B7%D0%B0%D1%86%D0%B8%D0%B8%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F.pdf</t>
   </si>
   <si>
-    <t>https://s427.spb.ru/school/novosti-shkoly/2465-otchet-o-provedenii-roditelskogo-kontrolya-shkolnogo-pitaniya.html</t>
+    <t>https://s427.spb.ru/school/novosti-shkoly/2490-kontrol-pitaniya-v-yanvare.html#gallery0b6257d22f-2</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/school/novosti-shkoly/2490-kontrol-pitaniya-v-yanvare.html</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/svedeniya-ob-oo/organizatsiya-pitaniya.html#galleryc47f1a2eee-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
@@ -944,342 +947,342 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AMJ32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C31" sqref="C31"/>
+      <selection pane="bottomLeft" activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="56" style="1" customWidth="1"/>
     <col min="4" max="4" width="45" style="2" customWidth="1"/>
     <col min="5" max="1024" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="41" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="41"/>
       <c r="D1" s="38">
-        <v>45993</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="51" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>1</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>2</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="14"/>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="15"/>
       <c r="B6" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="39" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="15"/>
       <c r="B7" s="18" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="19"/>
       <c r="B8" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>3</v>
       </c>
       <c r="B9" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="24"/>
     </row>
     <row r="10" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="15"/>
       <c r="B10" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="15"/>
       <c r="B11" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D11" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="15"/>
       <c r="B12" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="27" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D12" s="14"/>
     </row>
     <row r="13" spans="1:4" ht="51" x14ac:dyDescent="0.25">
       <c r="A13" s="15"/>
       <c r="B13" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="28" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="15"/>
       <c r="B14" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D14" s="17"/>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A15" s="15"/>
       <c r="B15" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D15" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="15"/>
       <c r="B16" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="14"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="19"/>
       <c r="B17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="15">
         <v>4</v>
       </c>
       <c r="B18" s="22" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="29"/>
       <c r="D18" s="30"/>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15"/>
       <c r="B19" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="15"/>
       <c r="B20" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>5</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="24"/>
     </row>
     <row r="22" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="27" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="D22" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="19"/>
       <c r="B23" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D23" s="21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="15">
         <v>6</v>
       </c>
       <c r="B24" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="24"/>
     </row>
     <row r="25" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15"/>
       <c r="B25" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D25" s="33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A26" s="15"/>
       <c r="B26" s="31" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>7</v>
       </c>
       <c r="B27" s="22" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="24"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="15"/>
       <c r="B28" s="34" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="40" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="35" t="s">
         <v>33</v>