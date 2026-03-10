--- v0 (2026-01-09)
+++ v1 (2026-03-10)
@@ -21,51 +21,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\o.a.avilova\Desktop\Документы 21-22 учебный год\Документы 23-24г\Документы 24-25 уч. год\Документы 25-26 уч.год\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="8940"/>
   </bookViews>
   <sheets>
     <sheet name="1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="55">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>День</t>
   </si>
   <si>
     <t>Прием пищи</t>
   </si>
   <si>
     <t>Раздел</t>
   </si>
   <si>
     <t>Блюдо</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Калорийность</t>
   </si>
   <si>
     <t>Белки</t>
   </si>
   <si>
@@ -98,141 +98,138 @@
   <si>
     <t>фрукты</t>
   </si>
   <si>
     <t>Отд./корп</t>
   </si>
   <si>
     <t>хлеб</t>
   </si>
   <si>
     <t>№ рец.</t>
   </si>
   <si>
     <t>Выход, г</t>
   </si>
   <si>
     <t>ГБОУ СОШ № 427 Кронштадтского района СПб</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>БАТОН ОБОГАЩЁННЫЙ МИКРОНУТРИЕНТАМИ</t>
-[...1 lines deleted...]
-  <si>
     <t>200</t>
   </si>
   <si>
-    <t>КАША ОВСЯНАЯ " ГЕРКУЛЕС" ЖИДКАЯ С МАСЛОМ СЛИВОЧНЫМ</t>
-[...1 lines deleted...]
-  <si>
     <t>189</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>АПЕЛЬСИН СВЕЖИЙ</t>
-[...4 lines deleted...]
-  <si>
     <t>20</t>
   </si>
   <si>
-    <t>ГОЛУБЦЫ ЛЕНИВЫЕ</t>
-[...1 lines deleted...]
-  <si>
     <t>240</t>
   </si>
   <si>
     <t>напиток</t>
   </si>
   <si>
     <t xml:space="preserve">хлеб </t>
   </si>
   <si>
     <t>114-50</t>
   </si>
   <si>
     <t>171-80</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>КОФЕЙНЫЙ НАПИТОК С МОЛОКОМ</t>
-[...4 lines deleted...]
-  <si>
     <t>20/10</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t xml:space="preserve">БАТОН ОБОГАЩЁННЫЙ </t>
-[...4 lines deleted...]
-  <si>
     <t>51</t>
   </si>
   <si>
-    <t>СУП КАРТОФЕЛЬНЫЙ С ВЕРМИШЕЛЬЮ, ПТИЦЕЙ И ЗЕЛЕНЬЮ ПЕТРУШКИ</t>
-[...1 lines deleted...]
-  <si>
     <t>88</t>
   </si>
   <si>
     <t>200/10</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t xml:space="preserve">ХЛЕБ РЖАНО-ПШЕНИЧНЫЙ ОБОГАЩЕННЫЙ </t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
     <t>4</t>
+  </si>
+  <si>
+    <t>Кофейный напиток с молоком</t>
+  </si>
+  <si>
+    <t>Бутерброд с джемом</t>
+  </si>
+  <si>
+    <t>Фрукты свежие (апельсин)</t>
+  </si>
+  <si>
+    <t>Винегрет овощной</t>
+  </si>
+  <si>
+    <t>Суп картофельный с вермишелью, птицей и зеленью петрушки</t>
+  </si>
+  <si>
+    <t>Голубцы ленивые</t>
+  </si>
+  <si>
+    <t>Сок персиковый</t>
+  </si>
+  <si>
+    <t>Батон обогощённый</t>
+  </si>
+  <si>
+    <t>Хлеб ржано-пшеничный обогощеный</t>
+  </si>
+  <si>
+    <t>Каша овсяная "Геркулес" жидкая с маслом сливочным</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
@@ -949,345 +946,345 @@
       </c>
       <c r="F3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="31" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="18" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D4" s="15" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F4" s="12" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G4" s="12">
         <v>318</v>
       </c>
       <c r="H4" s="12">
         <v>14.6</v>
       </c>
       <c r="I4" s="12">
         <v>17.5</v>
       </c>
       <c r="J4" s="21">
         <v>29.6</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5" s="3"/>
       <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D5" s="16" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F5" s="13"/>
       <c r="G5" s="13">
         <v>88.1</v>
       </c>
       <c r="H5" s="13">
         <v>0.5</v>
       </c>
       <c r="I5" s="13">
         <v>0.5</v>
       </c>
       <c r="J5" s="22">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3"/>
       <c r="B6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="11" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D6" s="16" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E6" s="20" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F6" s="13"/>
       <c r="G6" s="13">
         <v>80.8</v>
       </c>
       <c r="H6" s="13">
         <v>1.5</v>
       </c>
       <c r="I6" s="13">
         <v>0.5</v>
       </c>
       <c r="J6" s="22">
         <v>17.600000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="B7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D7" s="15" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="E7" s="18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F7" s="12"/>
       <c r="G7" s="12">
         <v>43</v>
       </c>
       <c r="H7" s="12">
         <v>1</v>
       </c>
       <c r="I7" s="12">
         <v>0.2</v>
       </c>
       <c r="J7" s="21">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4"/>
       <c r="B8" s="5"/>
       <c r="C8" s="19"/>
       <c r="D8" s="17" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E8" s="19" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F8" s="14"/>
       <c r="G8" s="14">
         <v>57.5</v>
       </c>
       <c r="H8" s="14">
         <v>1.6</v>
       </c>
       <c r="I8" s="14">
         <v>1</v>
       </c>
       <c r="J8" s="23">
         <v>10.4</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="26" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="27" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G9" s="27">
         <v>73.2</v>
       </c>
       <c r="H9" s="27">
         <v>0.8</v>
       </c>
       <c r="I9" s="27">
         <v>6</v>
       </c>
       <c r="J9" s="28">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="31" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="18" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="F10" s="12"/>
       <c r="G10" s="12">
         <v>113</v>
       </c>
       <c r="H10" s="12">
         <v>5</v>
       </c>
       <c r="I10" s="12">
         <v>3</v>
       </c>
       <c r="J10" s="21">
         <v>16.5</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="11" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F11" s="13"/>
       <c r="G11" s="13">
         <v>276.10000000000002</v>
       </c>
       <c r="H11" s="13">
         <v>12.4</v>
       </c>
       <c r="I11" s="13">
         <v>12.5</v>
       </c>
       <c r="J11" s="22">
         <v>28.5</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="1"/>
       <c r="C12" s="11"/>
       <c r="D12" s="16"/>
       <c r="E12" s="11"/>
       <c r="F12" s="13"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="13"/>
       <c r="J12" s="22"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="3"/>
       <c r="B13" s="1" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C13" s="11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D13" s="16" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F13" s="13"/>
       <c r="G13" s="13">
         <v>86.5</v>
       </c>
       <c r="H13" s="13">
         <v>1</v>
       </c>
       <c r="I13" s="13">
         <v>0.3</v>
       </c>
       <c r="J13" s="22">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="B14" s="1" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="13"/>
       <c r="G14" s="13">
         <v>114</v>
       </c>
       <c r="H14" s="13">
         <v>3.2</v>
       </c>
       <c r="I14" s="13">
         <v>2</v>
       </c>
       <c r="J14" s="22">
         <v>20.5</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="30" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C15" s="11" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D15" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="13"/>
       <c r="G15" s="13">
         <v>52</v>
       </c>
       <c r="H15" s="13">
         <v>1.8</v>
       </c>
       <c r="I15" s="13">
         <v>1</v>
       </c>
       <c r="J15" s="22">
         <v>11.5</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="30"/>
       <c r="C16" s="19"/>